--- v0 (2025-12-12)
+++ v1 (2026-03-19)
@@ -1,37 +1,37 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R105ab85cc1504595" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/4e44f75f39a54eb58a124064ea048aa1.psmdcp" Id="R105664288d2841fe" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5471554259054da4" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/b592ff00279046cda552bc396eced0b6.psmdcp" Id="R79cf7ed642d44ff6" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:fileVersion appName="Microsoft Office Excel"/>
   <x:sheets>
     <x:sheet name="302-55" sheetId="1" r:id="rId1"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts/>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color theme="1"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
       <x:charset val="204"/>
       <x:scheme val="minor"/>
     </x:font>
     <x:font>
       <x:b/>
@@ -70,51 +70,51 @@
     <x:border>
       <x:left/>
       <x:right/>
       <x:top/>
       <x:bottom/>
       <x:diagonal/>
     </x:border>
   </x:borders>
   <x:cellStyleXfs>
     <x:xf numFmtId="0"/>
   </x:cellStyleXfs>
   <x:cellXfs>
     <x:xf numFmtId="0" fontId="0"/>
     <x:xf numFmtId="2" fontId="0" applyNumberFormat="1"/>
     <x:xf numFmtId="14" fontId="0" applyNumberFormat="1"/>
     <x:xf numFmtId="0" fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf numFmtId="0" fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf numFmtId="0" fontId="3" fillId="0" borderId="0" applyFont="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6e80fe323da749e2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="rId1" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc6745539e5a942bf" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetData>
     <x:row r="1">
       <x:c r="A1" s="3" t="inlineStr">
         <x:is>
           <x:t>Funds of Organizations in Foreign Currency *  (based on location of credit institutions and their internal divisions)</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row r="2">
       <x:c r="A2" s="4" t="inlineStr">
         <x:is>
           <x:t>million rubles</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row r="4">
       <x:c r="A4" s="5" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>